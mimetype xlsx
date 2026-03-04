--- v0 (2025-10-25)
+++ v1 (2026-03-04)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28224"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BALJOMAI\OneDrive - MMC\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://adobe.sharepoint.com/sites/globalrewards/benefits/Shared Documents/EMEA/Country/Saudi Arabia/Healthcare &amp; Wellbeing/Medical Insurance/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="50" documentId="11_6537EE17CF076A310CB5DE5F5DE3D3EB8385D043" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B3B62D2C-F848-465F-8C82-5D6AD228A3F1}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{91492151-DCCB-4B57-9B76-4332D778C761}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="23260" windowHeight="12580" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$9:$O$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$9:$9</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -109,53 +109,50 @@
     Saudi phone number only</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <si>
     <t xml:space="preserve">CHANGE CLASS </t>
   </si>
   <si>
     <t>Policy Holder :</t>
   </si>
   <si>
     <t>Adobe Regional Headquarters</t>
   </si>
   <si>
     <t>ADDITION</t>
   </si>
   <si>
     <t>Policy No:</t>
   </si>
   <si>
-    <t>33058 (Premium 3.1 (S)</t>
-[...1 lines deleted...]
-  <si>
     <t>DELETION</t>
   </si>
   <si>
     <t>RE-ISSUE</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>CORRECTION</t>
   </si>
   <si>
     <t>Group Medical Insurance</t>
   </si>
   <si>
     <t>Effective Date
 (dd/mm/yyyy)</t>
   </si>
   <si>
     <t>Membership</t>
   </si>
   <si>
     <t>Staff No.</t>
   </si>
   <si>
@@ -173,61 +170,64 @@
   <si>
     <t>Relation</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Category/
 Class</t>
   </si>
   <si>
     <t>Nationality</t>
   </si>
   <si>
     <t>Sponsor No.</t>
   </si>
   <si>
     <t>Marital Status</t>
   </si>
   <si>
     <t>Branch</t>
   </si>
   <si>
     <t>Mobile No</t>
   </si>
+  <si>
+    <t>33058 (Premium 3.2 (S)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0_)"/>
     <numFmt numFmtId="165" formatCode="[$-409]d/mmm/yyyy;@"/>
     <numFmt numFmtId="166" formatCode="[$-409]d\-mmm\-yy;@"/>
   </numFmts>
-  <fonts count="27">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -894,60 +894,60 @@
     <xf numFmtId="164" fontId="3" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -1423,75 +1423,75 @@
   </threadedComment>
   <threadedComment ref="E9" dT="2024-10-29T08:24:43.89" personId="{5C782544-74E0-4E7B-91CB-25171122E1D0}" id="{D0EB5302-82DF-42BF-994C-F8C7C6A10929}">
     <text>Border # or Iqama #</text>
   </threadedComment>
   <threadedComment ref="H9" dT="2024-11-06T08:52:59.54" personId="{5C782544-74E0-4E7B-91CB-25171122E1D0}" id="{6C71AF05-171C-4BFF-ABB7-BF7BA159E18D}">
     <text>Employee, Spouse, Child</text>
   </threadedComment>
   <threadedComment ref="O9" dT="2024-10-29T09:42:44.72" personId="{5C782544-74E0-4E7B-91CB-25171122E1D0}" id="{D9E9D798-57FB-4109-982A-A4A59C5604BA}">
     <text>Saudi phone number only</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BD26"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B4" workbookViewId="0">
-      <selection activeCell="E20" sqref="E20"/>
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.95"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="16.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="16.453125" style="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="5" customWidth="1"/>
-    <col min="3" max="3" width="12.140625" style="4" customWidth="1"/>
-    <col min="4" max="4" width="42.5703125" style="6" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="4" customWidth="1"/>
+    <col min="4" max="4" width="42.54296875" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15" style="6" customWidth="1"/>
-    <col min="6" max="6" width="15.85546875" style="4" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="17.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.81640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="17.81640625" style="5" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="9" style="1" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="8.140625" style="2" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="11.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.1796875" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="11.54296875" style="3" customWidth="1"/>
+    <col min="11" max="11" width="11.54296875" style="2" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="12" style="4" customWidth="1"/>
-    <col min="13" max="13" width="7.85546875" style="4" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="1"/>
+    <col min="13" max="13" width="7.81640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="14.81640625" style="4" customWidth="1"/>
+    <col min="15" max="15" width="23.54296875" style="2" customWidth="1"/>
+    <col min="16" max="16" width="23.54296875" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:56" ht="13.5" thickBot="1">
+    <row r="1" spans="1:56" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="58"/>
       <c r="B1" s="58"/>
       <c r="C1" s="59"/>
       <c r="F1" s="59"/>
       <c r="G1" s="58"/>
       <c r="H1" s="60"/>
       <c r="I1" s="61"/>
       <c r="J1" s="62"/>
       <c r="K1" s="61"/>
       <c r="L1" s="59"/>
       <c r="M1" s="59"/>
       <c r="N1" s="59"/>
       <c r="O1" s="61"/>
       <c r="P1" s="60"/>
       <c r="Q1" s="60"/>
       <c r="R1" s="60"/>
       <c r="S1" s="60"/>
       <c r="T1" s="60"/>
       <c r="U1" s="60"/>
       <c r="V1" s="60"/>
       <c r="W1" s="60"/>
       <c r="X1" s="60"/>
       <c r="Y1" s="60"/>
       <c r="Z1" s="60"/>
       <c r="AA1" s="60"/>
@@ -1503,239 +1503,239 @@
       <c r="AG1" s="60"/>
       <c r="AH1" s="60"/>
       <c r="AI1" s="60"/>
       <c r="AJ1" s="60"/>
       <c r="AK1" s="60"/>
       <c r="AL1" s="60"/>
       <c r="AM1" s="60"/>
       <c r="AN1" s="60"/>
       <c r="AO1" s="60"/>
       <c r="AP1" s="60"/>
       <c r="AQ1" s="60"/>
       <c r="AR1" s="60"/>
       <c r="AS1" s="60"/>
       <c r="AT1" s="60"/>
       <c r="AU1" s="60"/>
       <c r="AV1" s="60"/>
       <c r="AW1" s="60"/>
       <c r="AX1" s="60"/>
       <c r="AY1" s="60"/>
       <c r="AZ1" s="60"/>
       <c r="BA1" s="60"/>
       <c r="BB1" s="60"/>
       <c r="BC1" s="60"/>
       <c r="BD1" s="60"/>
     </row>
-    <row r="2" spans="1:56" s="12" customFormat="1" ht="14.1">
+    <row r="2" spans="1:56" s="12" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A2" s="9"/>
       <c r="B2" s="9"/>
       <c r="C2" s="10"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="33"/>
       <c r="G2" s="35" t="s">
         <v>0</v>
       </c>
       <c r="I2" s="13"/>
       <c r="J2" s="14"/>
       <c r="K2" s="15"/>
       <c r="L2" s="11"/>
       <c r="M2" s="11"/>
       <c r="N2" s="11"/>
       <c r="O2" s="15"/>
     </row>
-    <row r="3" spans="1:56" s="12" customFormat="1" ht="14.1" customHeight="1">
+    <row r="3" spans="1:56" s="12" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="90" t="s">
+      <c r="B3" s="91" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="91"/>
+      <c r="C3" s="92"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="36"/>
       <c r="G3" s="40" t="s">
         <v>3</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="14"/>
       <c r="K3" s="15"/>
       <c r="L3" s="11"/>
       <c r="M3" s="11"/>
       <c r="N3" s="11"/>
       <c r="O3" s="15"/>
     </row>
-    <row r="4" spans="1:56" s="12" customFormat="1" ht="14.1" customHeight="1">
+    <row r="4" spans="1:56" s="12" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="90" t="s">
-        <v>5</v>
+      <c r="B4" s="91" t="s">
+        <v>25</v>
       </c>
-      <c r="C4" s="91"/>
+      <c r="C4" s="92"/>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="42"/>
       <c r="G4" s="37" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="14"/>
       <c r="K4" s="15"/>
       <c r="L4" s="11"/>
       <c r="M4" s="11"/>
       <c r="N4" s="11"/>
       <c r="O4" s="15"/>
     </row>
-    <row r="5" spans="1:56" s="12" customFormat="1" ht="14.1">
+    <row r="5" spans="1:56" s="12" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" s="34"/>
       <c r="G5" s="37" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="14"/>
       <c r="K5" s="15"/>
       <c r="L5" s="11"/>
       <c r="M5" s="11"/>
       <c r="N5" s="11"/>
       <c r="O5" s="15"/>
     </row>
-    <row r="6" spans="1:56" s="12" customFormat="1" ht="14.45" thickBot="1">
+    <row r="6" spans="1:56" s="12" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="9"/>
       <c r="B6" s="9"/>
       <c r="C6" s="10"/>
       <c r="D6" s="8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="38"/>
       <c r="G6" s="39" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="14"/>
       <c r="K6" s="15"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="15"/>
     </row>
-    <row r="7" spans="1:56" s="12" customFormat="1" ht="13.5">
+    <row r="7" spans="1:56" s="12" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A7" s="16" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B7" s="16"/>
       <c r="C7" s="10"/>
       <c r="D7" s="15"/>
       <c r="E7" s="15"/>
       <c r="F7" s="17"/>
       <c r="G7" s="9"/>
       <c r="I7" s="18"/>
       <c r="J7" s="14"/>
       <c r="K7" s="19"/>
       <c r="L7" s="19"/>
       <c r="M7" s="19"/>
       <c r="N7" s="19"/>
       <c r="O7" s="19"/>
     </row>
-    <row r="8" spans="1:56" s="24" customFormat="1" ht="15">
+    <row r="8" spans="1:56" s="24" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A8" s="21"/>
       <c r="B8" s="21"/>
       <c r="C8" s="22"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23"/>
       <c r="F8" s="22"/>
       <c r="G8" s="21"/>
       <c r="I8" s="25"/>
       <c r="J8" s="20"/>
       <c r="K8" s="25"/>
       <c r="L8" s="22"/>
       <c r="M8" s="22"/>
       <c r="N8" s="22"/>
       <c r="O8" s="25"/>
     </row>
-    <row r="9" spans="1:56" s="7" customFormat="1" ht="35.25">
+    <row r="9" spans="1:56" s="7" customFormat="1" ht="23" x14ac:dyDescent="0.25">
       <c r="A9" s="67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="68" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="68" t="s">
+      <c r="C9" s="69" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="69" t="s">
+      <c r="D9" s="69" t="s">
         <v>13</v>
       </c>
-      <c r="D9" s="69" t="s">
+      <c r="E9" s="69" t="s">
         <v>14</v>
       </c>
-      <c r="E9" s="69" t="s">
+      <c r="F9" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="F9" s="69" t="s">
+      <c r="G9" s="89" t="s">
         <v>16</v>
       </c>
-      <c r="G9" s="89" t="s">
+      <c r="H9" s="69" t="s">
         <v>17</v>
       </c>
-      <c r="H9" s="69" t="s">
+      <c r="I9" s="69" t="s">
         <v>18</v>
       </c>
-      <c r="I9" s="69" t="s">
+      <c r="J9" s="68" t="s">
         <v>19</v>
       </c>
-      <c r="J9" s="68" t="s">
+      <c r="K9" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="K9" s="69" t="s">
+      <c r="L9" s="68" t="s">
         <v>21</v>
       </c>
-      <c r="L9" s="68" t="s">
+      <c r="M9" s="69" t="s">
         <v>22</v>
       </c>
-      <c r="M9" s="69" t="s">
+      <c r="N9" s="68" t="s">
         <v>23</v>
       </c>
-      <c r="N9" s="68" t="s">
+      <c r="O9" s="90" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="P9" s="49"/>
       <c r="Q9" s="49"/>
       <c r="R9" s="49"/>
       <c r="S9" s="49"/>
       <c r="T9" s="49"/>
       <c r="U9" s="49"/>
       <c r="V9" s="49"/>
     </row>
-    <row r="10" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="10" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="70"/>
       <c r="B10" s="64"/>
       <c r="C10" s="65"/>
       <c r="D10" s="54"/>
       <c r="E10" s="55"/>
       <c r="F10" s="66"/>
       <c r="G10" s="88"/>
       <c r="H10" s="52"/>
       <c r="I10" s="52"/>
       <c r="J10" s="52"/>
       <c r="K10" s="48"/>
       <c r="L10" s="52"/>
       <c r="M10" s="52"/>
       <c r="N10" s="30"/>
       <c r="O10" s="71"/>
       <c r="P10" s="62"/>
       <c r="Q10" s="62"/>
       <c r="R10" s="62"/>
       <c r="S10" s="62"/>
       <c r="T10" s="62"/>
       <c r="U10" s="62"/>
       <c r="V10" s="62"/>
       <c r="W10" s="51"/>
       <c r="X10" s="51"/>
       <c r="Y10" s="51"/>
@@ -1749,51 +1749,51 @@
       <c r="AG10" s="51"/>
       <c r="AH10" s="51"/>
       <c r="AI10" s="51"/>
       <c r="AJ10" s="51"/>
       <c r="AK10" s="51"/>
       <c r="AL10" s="51"/>
       <c r="AM10" s="51"/>
       <c r="AN10" s="51"/>
       <c r="AO10" s="51"/>
       <c r="AP10" s="51"/>
       <c r="AQ10" s="51"/>
       <c r="AR10" s="51"/>
       <c r="AS10" s="51"/>
       <c r="AT10" s="51"/>
       <c r="AU10" s="51"/>
       <c r="AV10" s="51"/>
       <c r="AW10" s="51"/>
       <c r="AX10" s="51"/>
       <c r="AY10" s="51"/>
       <c r="AZ10" s="51"/>
       <c r="BA10" s="51"/>
       <c r="BB10" s="51"/>
       <c r="BC10" s="51"/>
       <c r="BD10" s="50"/>
     </row>
-    <row r="11" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="11" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="72"/>
       <c r="B11" s="32"/>
       <c r="C11" s="53"/>
       <c r="D11" s="54"/>
       <c r="F11" s="55"/>
       <c r="G11" s="56"/>
       <c r="H11" s="52"/>
       <c r="I11" s="52"/>
       <c r="J11" s="52"/>
       <c r="K11" s="48"/>
       <c r="L11" s="52"/>
       <c r="M11" s="52"/>
       <c r="N11" s="30"/>
       <c r="O11" s="73"/>
       <c r="P11" s="62"/>
       <c r="Q11" s="62"/>
       <c r="R11" s="62"/>
       <c r="S11" s="62"/>
       <c r="T11" s="62"/>
       <c r="U11" s="62"/>
       <c r="V11" s="62"/>
       <c r="W11" s="51"/>
       <c r="X11" s="51"/>
       <c r="Y11" s="51"/>
       <c r="Z11" s="51"/>
@@ -1806,51 +1806,51 @@
       <c r="AG11" s="51"/>
       <c r="AH11" s="51"/>
       <c r="AI11" s="51"/>
       <c r="AJ11" s="51"/>
       <c r="AK11" s="51"/>
       <c r="AL11" s="51"/>
       <c r="AM11" s="51"/>
       <c r="AN11" s="51"/>
       <c r="AO11" s="51"/>
       <c r="AP11" s="51"/>
       <c r="AQ11" s="51"/>
       <c r="AR11" s="51"/>
       <c r="AS11" s="51"/>
       <c r="AT11" s="51"/>
       <c r="AU11" s="51"/>
       <c r="AV11" s="51"/>
       <c r="AW11" s="51"/>
       <c r="AX11" s="51"/>
       <c r="AY11" s="51"/>
       <c r="AZ11" s="51"/>
       <c r="BA11" s="51"/>
       <c r="BB11" s="51"/>
       <c r="BC11" s="51"/>
       <c r="BD11" s="50"/>
     </row>
-    <row r="12" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="12" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="72"/>
       <c r="B12" s="32"/>
       <c r="C12" s="53"/>
       <c r="D12" s="54"/>
       <c r="F12" s="55"/>
       <c r="G12" s="56"/>
       <c r="H12" s="52"/>
       <c r="I12" s="52"/>
       <c r="J12" s="52"/>
       <c r="K12" s="48"/>
       <c r="L12" s="55"/>
       <c r="M12" s="52"/>
       <c r="N12" s="30"/>
       <c r="O12" s="73"/>
       <c r="P12" s="62"/>
       <c r="Q12" s="62"/>
       <c r="R12" s="62"/>
       <c r="S12" s="62"/>
       <c r="T12" s="62"/>
       <c r="U12" s="62"/>
       <c r="V12" s="62"/>
       <c r="W12" s="51"/>
       <c r="X12" s="51"/>
       <c r="Y12" s="51"/>
       <c r="Z12" s="51"/>
@@ -1863,51 +1863,51 @@
       <c r="AG12" s="51"/>
       <c r="AH12" s="51"/>
       <c r="AI12" s="51"/>
       <c r="AJ12" s="51"/>
       <c r="AK12" s="51"/>
       <c r="AL12" s="51"/>
       <c r="AM12" s="51"/>
       <c r="AN12" s="51"/>
       <c r="AO12" s="51"/>
       <c r="AP12" s="51"/>
       <c r="AQ12" s="51"/>
       <c r="AR12" s="51"/>
       <c r="AS12" s="51"/>
       <c r="AT12" s="51"/>
       <c r="AU12" s="51"/>
       <c r="AV12" s="51"/>
       <c r="AW12" s="51"/>
       <c r="AX12" s="51"/>
       <c r="AY12" s="51"/>
       <c r="AZ12" s="51"/>
       <c r="BA12" s="51"/>
       <c r="BB12" s="51"/>
       <c r="BC12" s="51"/>
       <c r="BD12" s="50"/>
     </row>
-    <row r="13" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="13" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="72"/>
       <c r="B13" s="32"/>
       <c r="C13" s="53"/>
       <c r="D13" s="54"/>
       <c r="F13" s="55"/>
       <c r="G13" s="56"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="48"/>
       <c r="L13" s="55"/>
       <c r="M13" s="52"/>
       <c r="N13" s="30"/>
       <c r="O13" s="73"/>
       <c r="P13" s="62"/>
       <c r="Q13" s="62"/>
       <c r="R13" s="62"/>
       <c r="S13" s="62"/>
       <c r="T13" s="62"/>
       <c r="U13" s="62"/>
       <c r="V13" s="62"/>
       <c r="W13" s="51"/>
       <c r="X13" s="51"/>
       <c r="Y13" s="51"/>
       <c r="Z13" s="51"/>
@@ -1920,51 +1920,51 @@
       <c r="AG13" s="51"/>
       <c r="AH13" s="51"/>
       <c r="AI13" s="51"/>
       <c r="AJ13" s="51"/>
       <c r="AK13" s="51"/>
       <c r="AL13" s="51"/>
       <c r="AM13" s="51"/>
       <c r="AN13" s="51"/>
       <c r="AO13" s="51"/>
       <c r="AP13" s="51"/>
       <c r="AQ13" s="51"/>
       <c r="AR13" s="51"/>
       <c r="AS13" s="51"/>
       <c r="AT13" s="51"/>
       <c r="AU13" s="51"/>
       <c r="AV13" s="51"/>
       <c r="AW13" s="51"/>
       <c r="AX13" s="51"/>
       <c r="AY13" s="51"/>
       <c r="AZ13" s="51"/>
       <c r="BA13" s="51"/>
       <c r="BB13" s="51"/>
       <c r="BC13" s="51"/>
       <c r="BD13" s="50"/>
     </row>
-    <row r="14" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="14" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="72"/>
       <c r="B14" s="32"/>
       <c r="C14" s="53"/>
       <c r="D14" s="54"/>
       <c r="F14" s="55"/>
       <c r="G14" s="56"/>
       <c r="H14" s="52"/>
       <c r="I14" s="52"/>
       <c r="J14" s="52"/>
       <c r="K14" s="48"/>
       <c r="L14" s="55"/>
       <c r="M14" s="52"/>
       <c r="N14" s="30"/>
       <c r="O14" s="73"/>
       <c r="P14" s="62"/>
       <c r="Q14" s="62"/>
       <c r="R14" s="62"/>
       <c r="S14" s="62"/>
       <c r="T14" s="62"/>
       <c r="U14" s="62"/>
       <c r="V14" s="62"/>
       <c r="W14" s="51"/>
       <c r="X14" s="51"/>
       <c r="Y14" s="51"/>
       <c r="Z14" s="51"/>
@@ -1977,51 +1977,51 @@
       <c r="AG14" s="51"/>
       <c r="AH14" s="51"/>
       <c r="AI14" s="51"/>
       <c r="AJ14" s="51"/>
       <c r="AK14" s="51"/>
       <c r="AL14" s="51"/>
       <c r="AM14" s="51"/>
       <c r="AN14" s="51"/>
       <c r="AO14" s="51"/>
       <c r="AP14" s="51"/>
       <c r="AQ14" s="51"/>
       <c r="AR14" s="51"/>
       <c r="AS14" s="51"/>
       <c r="AT14" s="51"/>
       <c r="AU14" s="51"/>
       <c r="AV14" s="51"/>
       <c r="AW14" s="51"/>
       <c r="AX14" s="51"/>
       <c r="AY14" s="51"/>
       <c r="AZ14" s="51"/>
       <c r="BA14" s="51"/>
       <c r="BB14" s="51"/>
       <c r="BC14" s="51"/>
       <c r="BD14" s="50"/>
     </row>
-    <row r="15" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="15" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="72"/>
       <c r="B15" s="32"/>
       <c r="C15" s="53"/>
       <c r="D15" s="54"/>
       <c r="F15" s="55"/>
       <c r="G15" s="56"/>
       <c r="H15" s="52"/>
       <c r="I15" s="52"/>
       <c r="J15" s="52"/>
       <c r="K15" s="48"/>
       <c r="L15" s="55"/>
       <c r="M15" s="52"/>
       <c r="N15" s="30"/>
       <c r="O15" s="73"/>
       <c r="P15" s="62"/>
       <c r="Q15" s="62"/>
       <c r="R15" s="62"/>
       <c r="S15" s="62"/>
       <c r="T15" s="62"/>
       <c r="U15" s="62"/>
       <c r="V15" s="62"/>
       <c r="W15" s="51"/>
       <c r="X15" s="51"/>
       <c r="Y15" s="51"/>
       <c r="Z15" s="51"/>
@@ -2034,51 +2034,51 @@
       <c r="AG15" s="51"/>
       <c r="AH15" s="51"/>
       <c r="AI15" s="51"/>
       <c r="AJ15" s="51"/>
       <c r="AK15" s="51"/>
       <c r="AL15" s="51"/>
       <c r="AM15" s="51"/>
       <c r="AN15" s="51"/>
       <c r="AO15" s="51"/>
       <c r="AP15" s="51"/>
       <c r="AQ15" s="51"/>
       <c r="AR15" s="51"/>
       <c r="AS15" s="51"/>
       <c r="AT15" s="51"/>
       <c r="AU15" s="51"/>
       <c r="AV15" s="51"/>
       <c r="AW15" s="51"/>
       <c r="AX15" s="51"/>
       <c r="AY15" s="51"/>
       <c r="AZ15" s="51"/>
       <c r="BA15" s="51"/>
       <c r="BB15" s="51"/>
       <c r="BC15" s="51"/>
       <c r="BD15" s="50"/>
     </row>
-    <row r="16" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="16" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="72"/>
       <c r="B16" s="32"/>
       <c r="C16" s="53"/>
       <c r="D16" s="54"/>
       <c r="F16" s="55"/>
       <c r="G16" s="56"/>
       <c r="H16" s="52"/>
       <c r="I16" s="52"/>
       <c r="J16" s="52"/>
       <c r="K16" s="48"/>
       <c r="L16" s="55"/>
       <c r="M16" s="52"/>
       <c r="N16" s="30"/>
       <c r="O16" s="73"/>
       <c r="P16" s="62"/>
       <c r="Q16" s="62"/>
       <c r="R16" s="62"/>
       <c r="S16" s="62"/>
       <c r="T16" s="62"/>
       <c r="U16" s="62"/>
       <c r="V16" s="62"/>
       <c r="W16" s="51"/>
       <c r="X16" s="51"/>
       <c r="Y16" s="51"/>
       <c r="Z16" s="51"/>
@@ -2091,51 +2091,51 @@
       <c r="AG16" s="51"/>
       <c r="AH16" s="51"/>
       <c r="AI16" s="51"/>
       <c r="AJ16" s="51"/>
       <c r="AK16" s="51"/>
       <c r="AL16" s="51"/>
       <c r="AM16" s="51"/>
       <c r="AN16" s="51"/>
       <c r="AO16" s="51"/>
       <c r="AP16" s="51"/>
       <c r="AQ16" s="51"/>
       <c r="AR16" s="51"/>
       <c r="AS16" s="51"/>
       <c r="AT16" s="51"/>
       <c r="AU16" s="51"/>
       <c r="AV16" s="51"/>
       <c r="AW16" s="51"/>
       <c r="AX16" s="51"/>
       <c r="AY16" s="51"/>
       <c r="AZ16" s="51"/>
       <c r="BA16" s="51"/>
       <c r="BB16" s="51"/>
       <c r="BC16" s="51"/>
       <c r="BD16" s="50"/>
     </row>
-    <row r="17" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="17" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="72"/>
       <c r="B17" s="32"/>
       <c r="C17" s="53"/>
       <c r="D17" s="54"/>
       <c r="F17" s="55"/>
       <c r="G17" s="56"/>
       <c r="H17" s="52"/>
       <c r="I17" s="52"/>
       <c r="J17" s="52"/>
       <c r="K17" s="48"/>
       <c r="L17" s="55"/>
       <c r="M17" s="52"/>
       <c r="N17" s="30"/>
       <c r="O17" s="73"/>
       <c r="P17" s="62"/>
       <c r="Q17" s="62"/>
       <c r="R17" s="62"/>
       <c r="S17" s="62"/>
       <c r="T17" s="62"/>
       <c r="U17" s="62"/>
       <c r="V17" s="62"/>
       <c r="W17" s="51"/>
       <c r="X17" s="51"/>
       <c r="Y17" s="51"/>
       <c r="Z17" s="51"/>
@@ -2148,51 +2148,51 @@
       <c r="AG17" s="51"/>
       <c r="AH17" s="51"/>
       <c r="AI17" s="51"/>
       <c r="AJ17" s="51"/>
       <c r="AK17" s="51"/>
       <c r="AL17" s="51"/>
       <c r="AM17" s="51"/>
       <c r="AN17" s="51"/>
       <c r="AO17" s="51"/>
       <c r="AP17" s="51"/>
       <c r="AQ17" s="51"/>
       <c r="AR17" s="51"/>
       <c r="AS17" s="51"/>
       <c r="AT17" s="51"/>
       <c r="AU17" s="51"/>
       <c r="AV17" s="51"/>
       <c r="AW17" s="51"/>
       <c r="AX17" s="51"/>
       <c r="AY17" s="51"/>
       <c r="AZ17" s="51"/>
       <c r="BA17" s="51"/>
       <c r="BB17" s="51"/>
       <c r="BC17" s="51"/>
       <c r="BD17" s="50"/>
     </row>
-    <row r="18" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="18" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="72"/>
       <c r="B18" s="32"/>
       <c r="C18" s="53"/>
       <c r="D18" s="54"/>
       <c r="F18" s="55"/>
       <c r="G18" s="56"/>
       <c r="H18" s="52"/>
       <c r="I18" s="52"/>
       <c r="J18" s="52"/>
       <c r="K18" s="48"/>
       <c r="L18" s="55"/>
       <c r="M18" s="52"/>
       <c r="N18" s="30"/>
       <c r="O18" s="73"/>
       <c r="P18" s="62"/>
       <c r="Q18" s="62"/>
       <c r="R18" s="62"/>
       <c r="S18" s="62"/>
       <c r="T18" s="62"/>
       <c r="U18" s="62"/>
       <c r="V18" s="62"/>
       <c r="W18" s="51"/>
       <c r="X18" s="51"/>
       <c r="Y18" s="51"/>
       <c r="Z18" s="51"/>
@@ -2205,51 +2205,51 @@
       <c r="AG18" s="51"/>
       <c r="AH18" s="51"/>
       <c r="AI18" s="51"/>
       <c r="AJ18" s="51"/>
       <c r="AK18" s="51"/>
       <c r="AL18" s="51"/>
       <c r="AM18" s="51"/>
       <c r="AN18" s="51"/>
       <c r="AO18" s="51"/>
       <c r="AP18" s="51"/>
       <c r="AQ18" s="51"/>
       <c r="AR18" s="51"/>
       <c r="AS18" s="51"/>
       <c r="AT18" s="51"/>
       <c r="AU18" s="51"/>
       <c r="AV18" s="51"/>
       <c r="AW18" s="51"/>
       <c r="AX18" s="51"/>
       <c r="AY18" s="51"/>
       <c r="AZ18" s="51"/>
       <c r="BA18" s="51"/>
       <c r="BB18" s="51"/>
       <c r="BC18" s="51"/>
       <c r="BD18" s="50"/>
     </row>
-    <row r="19" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="19" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="72"/>
       <c r="B19" s="32"/>
       <c r="C19" s="53"/>
       <c r="D19" s="54"/>
       <c r="F19" s="55"/>
       <c r="G19" s="56"/>
       <c r="H19" s="52"/>
       <c r="I19" s="52"/>
       <c r="J19" s="52"/>
       <c r="K19" s="48"/>
       <c r="L19" s="55"/>
       <c r="M19" s="52"/>
       <c r="N19" s="30"/>
       <c r="O19" s="73"/>
       <c r="P19" s="62"/>
       <c r="Q19" s="62"/>
       <c r="R19" s="62"/>
       <c r="S19" s="62"/>
       <c r="T19" s="62"/>
       <c r="U19" s="62"/>
       <c r="V19" s="62"/>
       <c r="W19" s="51"/>
       <c r="X19" s="51"/>
       <c r="Y19" s="51"/>
       <c r="Z19" s="51"/>
@@ -2262,51 +2262,51 @@
       <c r="AG19" s="51"/>
       <c r="AH19" s="51"/>
       <c r="AI19" s="51"/>
       <c r="AJ19" s="51"/>
       <c r="AK19" s="51"/>
       <c r="AL19" s="51"/>
       <c r="AM19" s="51"/>
       <c r="AN19" s="51"/>
       <c r="AO19" s="51"/>
       <c r="AP19" s="51"/>
       <c r="AQ19" s="51"/>
       <c r="AR19" s="51"/>
       <c r="AS19" s="51"/>
       <c r="AT19" s="51"/>
       <c r="AU19" s="51"/>
       <c r="AV19" s="51"/>
       <c r="AW19" s="51"/>
       <c r="AX19" s="51"/>
       <c r="AY19" s="51"/>
       <c r="AZ19" s="51"/>
       <c r="BA19" s="51"/>
       <c r="BB19" s="51"/>
       <c r="BC19" s="51"/>
       <c r="BD19" s="50"/>
     </row>
-    <row r="20" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="20" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="72"/>
       <c r="B20" s="32"/>
       <c r="C20" s="53"/>
       <c r="D20" s="54"/>
       <c r="F20" s="55"/>
       <c r="G20" s="56"/>
       <c r="H20" s="52"/>
       <c r="I20" s="52"/>
       <c r="J20" s="52"/>
       <c r="K20" s="48"/>
       <c r="L20" s="55"/>
       <c r="M20" s="52"/>
       <c r="N20" s="30"/>
       <c r="O20" s="73"/>
       <c r="P20" s="62"/>
       <c r="Q20" s="62"/>
       <c r="R20" s="62"/>
       <c r="S20" s="62"/>
       <c r="T20" s="62"/>
       <c r="U20" s="62"/>
       <c r="V20" s="62"/>
       <c r="W20" s="51"/>
       <c r="X20" s="51"/>
       <c r="Y20" s="51"/>
       <c r="Z20" s="51"/>
@@ -2319,51 +2319,51 @@
       <c r="AG20" s="51"/>
       <c r="AH20" s="51"/>
       <c r="AI20" s="51"/>
       <c r="AJ20" s="51"/>
       <c r="AK20" s="51"/>
       <c r="AL20" s="51"/>
       <c r="AM20" s="51"/>
       <c r="AN20" s="51"/>
       <c r="AO20" s="51"/>
       <c r="AP20" s="51"/>
       <c r="AQ20" s="51"/>
       <c r="AR20" s="51"/>
       <c r="AS20" s="51"/>
       <c r="AT20" s="51"/>
       <c r="AU20" s="51"/>
       <c r="AV20" s="51"/>
       <c r="AW20" s="51"/>
       <c r="AX20" s="51"/>
       <c r="AY20" s="51"/>
       <c r="AZ20" s="51"/>
       <c r="BA20" s="51"/>
       <c r="BB20" s="51"/>
       <c r="BC20" s="51"/>
       <c r="BD20" s="50"/>
     </row>
-    <row r="21" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="21" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="72"/>
       <c r="B21" s="32"/>
       <c r="C21" s="53"/>
       <c r="D21" s="54"/>
       <c r="F21" s="55"/>
       <c r="G21" s="56"/>
       <c r="H21" s="52"/>
       <c r="I21" s="52"/>
       <c r="J21" s="52"/>
       <c r="K21" s="48"/>
       <c r="L21" s="55"/>
       <c r="M21" s="52"/>
       <c r="N21" s="30"/>
       <c r="O21" s="73"/>
       <c r="P21" s="62"/>
       <c r="Q21" s="62"/>
       <c r="R21" s="62"/>
       <c r="S21" s="62"/>
       <c r="T21" s="62"/>
       <c r="U21" s="62"/>
       <c r="V21" s="62"/>
       <c r="W21" s="51"/>
       <c r="X21" s="51"/>
       <c r="Y21" s="51"/>
       <c r="Z21" s="51"/>
@@ -2376,51 +2376,51 @@
       <c r="AG21" s="51"/>
       <c r="AH21" s="51"/>
       <c r="AI21" s="51"/>
       <c r="AJ21" s="51"/>
       <c r="AK21" s="51"/>
       <c r="AL21" s="51"/>
       <c r="AM21" s="51"/>
       <c r="AN21" s="51"/>
       <c r="AO21" s="51"/>
       <c r="AP21" s="51"/>
       <c r="AQ21" s="51"/>
       <c r="AR21" s="51"/>
       <c r="AS21" s="51"/>
       <c r="AT21" s="51"/>
       <c r="AU21" s="51"/>
       <c r="AV21" s="51"/>
       <c r="AW21" s="51"/>
       <c r="AX21" s="51"/>
       <c r="AY21" s="51"/>
       <c r="AZ21" s="51"/>
       <c r="BA21" s="51"/>
       <c r="BB21" s="51"/>
       <c r="BC21" s="51"/>
       <c r="BD21" s="50"/>
     </row>
-    <row r="22" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="22" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="72"/>
       <c r="B22" s="32"/>
       <c r="C22" s="53"/>
       <c r="D22" s="54"/>
       <c r="F22" s="55"/>
       <c r="G22" s="56"/>
       <c r="H22" s="52"/>
       <c r="I22" s="52"/>
       <c r="J22" s="52"/>
       <c r="K22" s="48"/>
       <c r="L22" s="55"/>
       <c r="M22" s="52"/>
       <c r="N22" s="30"/>
       <c r="O22" s="73"/>
       <c r="P22" s="62"/>
       <c r="Q22" s="62"/>
       <c r="R22" s="62"/>
       <c r="S22" s="62"/>
       <c r="T22" s="62"/>
       <c r="U22" s="62"/>
       <c r="V22" s="62"/>
       <c r="W22" s="51"/>
       <c r="X22" s="51"/>
       <c r="Y22" s="51"/>
       <c r="Z22" s="51"/>
@@ -2433,51 +2433,51 @@
       <c r="AG22" s="51"/>
       <c r="AH22" s="51"/>
       <c r="AI22" s="51"/>
       <c r="AJ22" s="51"/>
       <c r="AK22" s="51"/>
       <c r="AL22" s="51"/>
       <c r="AM22" s="51"/>
       <c r="AN22" s="51"/>
       <c r="AO22" s="51"/>
       <c r="AP22" s="51"/>
       <c r="AQ22" s="51"/>
       <c r="AR22" s="51"/>
       <c r="AS22" s="51"/>
       <c r="AT22" s="51"/>
       <c r="AU22" s="51"/>
       <c r="AV22" s="51"/>
       <c r="AW22" s="51"/>
       <c r="AX22" s="51"/>
       <c r="AY22" s="51"/>
       <c r="AZ22" s="51"/>
       <c r="BA22" s="51"/>
       <c r="BB22" s="51"/>
       <c r="BC22" s="51"/>
       <c r="BD22" s="50"/>
     </row>
-    <row r="23" spans="1:56" s="46" customFormat="1" ht="15.95" customHeight="1">
+    <row r="23" spans="1:56" s="46" customFormat="1" ht="16" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="72"/>
       <c r="B23" s="32"/>
       <c r="C23" s="43"/>
       <c r="D23" s="43"/>
       <c r="E23" s="44"/>
       <c r="F23" s="31"/>
       <c r="G23" s="27"/>
       <c r="H23" s="29"/>
       <c r="I23" s="28"/>
       <c r="J23" s="57"/>
       <c r="K23" s="45"/>
       <c r="L23" s="41"/>
       <c r="M23" s="30"/>
       <c r="N23" s="30"/>
       <c r="O23" s="74"/>
       <c r="P23" s="62"/>
       <c r="Q23" s="62"/>
       <c r="R23" s="62"/>
       <c r="S23" s="62"/>
       <c r="T23" s="62"/>
       <c r="U23" s="62"/>
       <c r="V23" s="62"/>
       <c r="W23" s="51"/>
       <c r="X23" s="51"/>
       <c r="Y23" s="51"/>
@@ -2491,51 +2491,51 @@
       <c r="AG23" s="51"/>
       <c r="AH23" s="51"/>
       <c r="AI23" s="51"/>
       <c r="AJ23" s="51"/>
       <c r="AK23" s="51"/>
       <c r="AL23" s="51"/>
       <c r="AM23" s="51"/>
       <c r="AN23" s="51"/>
       <c r="AO23" s="51"/>
       <c r="AP23" s="51"/>
       <c r="AQ23" s="51"/>
       <c r="AR23" s="51"/>
       <c r="AS23" s="51"/>
       <c r="AT23" s="51"/>
       <c r="AU23" s="51"/>
       <c r="AV23" s="51"/>
       <c r="AW23" s="51"/>
       <c r="AX23" s="51"/>
       <c r="AY23" s="51"/>
       <c r="AZ23" s="51"/>
       <c r="BA23" s="51"/>
       <c r="BB23" s="51"/>
       <c r="BC23" s="51"/>
       <c r="BD23" s="50"/>
     </row>
-    <row r="24" spans="1:56" s="47" customFormat="1" ht="15">
+    <row r="24" spans="1:56" s="47" customFormat="1" ht="14.5" x14ac:dyDescent="0.3">
       <c r="A24" s="72"/>
       <c r="B24" s="32"/>
       <c r="C24" s="43"/>
       <c r="D24" s="43"/>
       <c r="E24" s="44"/>
       <c r="F24" s="31"/>
       <c r="G24" s="27"/>
       <c r="H24" s="29"/>
       <c r="I24" s="28"/>
       <c r="J24" s="57"/>
       <c r="K24" s="45"/>
       <c r="L24" s="41"/>
       <c r="M24" s="30"/>
       <c r="N24" s="30"/>
       <c r="O24" s="74"/>
       <c r="P24" s="60"/>
       <c r="Q24" s="60"/>
       <c r="R24" s="60"/>
       <c r="S24" s="60"/>
       <c r="T24" s="60"/>
       <c r="U24" s="60"/>
       <c r="V24" s="60"/>
       <c r="W24" s="60"/>
       <c r="X24" s="60"/>
       <c r="Y24" s="60"/>
@@ -2549,51 +2549,51 @@
       <c r="AG24" s="60"/>
       <c r="AH24" s="60"/>
       <c r="AI24" s="60"/>
       <c r="AJ24" s="60"/>
       <c r="AK24" s="60"/>
       <c r="AL24" s="60"/>
       <c r="AM24" s="60"/>
       <c r="AN24" s="60"/>
       <c r="AO24" s="60"/>
       <c r="AP24" s="60"/>
       <c r="AQ24" s="60"/>
       <c r="AR24" s="60"/>
       <c r="AS24" s="60"/>
       <c r="AT24" s="60"/>
       <c r="AU24" s="60"/>
       <c r="AV24" s="60"/>
       <c r="AW24" s="60"/>
       <c r="AX24" s="60"/>
       <c r="AY24" s="60"/>
       <c r="AZ24" s="60"/>
       <c r="BA24" s="60"/>
       <c r="BB24" s="60"/>
       <c r="BC24" s="60"/>
       <c r="BD24" s="63"/>
     </row>
-    <row r="25" spans="1:56" s="47" customFormat="1" ht="15">
+    <row r="25" spans="1:56" s="47" customFormat="1" ht="14.5" x14ac:dyDescent="0.3">
       <c r="A25" s="75"/>
       <c r="B25" s="76"/>
       <c r="C25" s="77"/>
       <c r="D25" s="77"/>
       <c r="E25" s="78"/>
       <c r="F25" s="79"/>
       <c r="G25" s="80"/>
       <c r="H25" s="81"/>
       <c r="I25" s="82"/>
       <c r="J25" s="83"/>
       <c r="K25" s="84"/>
       <c r="L25" s="85"/>
       <c r="M25" s="86"/>
       <c r="N25" s="86"/>
       <c r="O25" s="87"/>
       <c r="P25" s="60"/>
       <c r="Q25" s="60"/>
       <c r="R25" s="60"/>
       <c r="S25" s="60"/>
       <c r="T25" s="60"/>
       <c r="U25" s="60"/>
       <c r="V25" s="60"/>
       <c r="W25" s="60"/>
       <c r="X25" s="60"/>
       <c r="Y25" s="60"/>
@@ -2607,51 +2607,51 @@
       <c r="AG25" s="60"/>
       <c r="AH25" s="60"/>
       <c r="AI25" s="60"/>
       <c r="AJ25" s="60"/>
       <c r="AK25" s="60"/>
       <c r="AL25" s="60"/>
       <c r="AM25" s="60"/>
       <c r="AN25" s="60"/>
       <c r="AO25" s="60"/>
       <c r="AP25" s="60"/>
       <c r="AQ25" s="60"/>
       <c r="AR25" s="60"/>
       <c r="AS25" s="60"/>
       <c r="AT25" s="60"/>
       <c r="AU25" s="60"/>
       <c r="AV25" s="60"/>
       <c r="AW25" s="60"/>
       <c r="AX25" s="60"/>
       <c r="AY25" s="60"/>
       <c r="AZ25" s="60"/>
       <c r="BA25" s="60"/>
       <c r="BB25" s="60"/>
       <c r="BC25" s="60"/>
       <c r="BD25" s="63"/>
     </row>
-    <row r="26" spans="1:56" ht="12.75">
+    <row r="26" spans="1:56" x14ac:dyDescent="0.3">
       <c r="A26" s="58"/>
       <c r="B26" s="58"/>
       <c r="C26" s="59"/>
       <c r="F26" s="59"/>
       <c r="G26" s="58"/>
       <c r="H26" s="60"/>
       <c r="I26" s="61"/>
       <c r="J26" s="62"/>
       <c r="K26" s="61"/>
       <c r="L26" s="59"/>
       <c r="M26" s="59"/>
       <c r="N26" s="59"/>
       <c r="O26" s="61"/>
       <c r="P26" s="60"/>
       <c r="Q26" s="60"/>
       <c r="R26" s="60"/>
       <c r="S26" s="60"/>
       <c r="T26" s="60"/>
       <c r="U26" s="60"/>
       <c r="V26" s="60"/>
       <c r="W26" s="60"/>
       <c r="X26" s="60"/>
       <c r="Y26" s="60"/>
       <c r="Z26" s="60"/>
       <c r="AA26" s="60"/>
@@ -2703,88 +2703,106 @@
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F9CCED3F14A2CA4BB4008C24DA0DC850" ma:contentTypeVersion="28" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="084a5066f35499d72256772f306585d8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bc59d176-4ff2-47de-8d43-1ce87211c320" xmlns:ns3="45f35a2b-31b3-461d-87e1-a5fc29af67a9" xmlns:ns4="20734d71-0971-4c9b-a54f-f0b936e7bc65" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns6="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6be13b5ae57ce5f1260928e054f4b551" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Document_x0020_Type xmlns="bc59d176-4ff2-47de-8d43-1ce87211c320" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="20734d71-0971-4c9b-a54f-f0b936e7bc65">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="45f35a2b-31b3-461d-87e1-a5fc29af67a9" xsi:nil="true"/>
+    <_Status xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Not Started</_Status>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <Region xmlns="bc59d176-4ff2-47de-8d43-1ce87211c320" xsi:nil="true"/>
+    <Country xmlns="20734d71-0971-4c9b-a54f-f0b936e7bc65" xsi:nil="true"/>
+    <IAFolder xmlns="20734d71-0971-4c9b-a54f-f0b936e7bc65">Health Benefits &amp; Insurance</IAFolder>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F9CCED3F14A2CA4BB4008C24DA0DC850" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="700359a0693586371025bf4e6fa1cb53">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bc59d176-4ff2-47de-8d43-1ce87211c320" xmlns:ns3="45f35a2b-31b3-461d-87e1-a5fc29af67a9" xmlns:ns4="20734d71-0971-4c9b-a54f-f0b936e7bc65" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns6="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dcdffc5f9a451c6b850b12c17ba29582" ns2:_="" ns3:_="" ns4:_="" ns5:_="" ns6:_="">
     <xsd:import namespace="bc59d176-4ff2-47de-8d43-1ce87211c320"/>
     <xsd:import namespace="45f35a2b-31b3-461d-87e1-a5fc29af67a9"/>
     <xsd:import namespace="20734d71-0971-4c9b-a54f-f0b936e7bc65"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Document_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Region" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:Country" minOccurs="0"/>
                 <xsd:element ref="ns5:_Status" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:IAFolder" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns6:IconOverlay" minOccurs="0"/>
                 <xsd:element ref="ns4:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bc59d176-4ff2-47de-8d43-1ce87211c320" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Document_x0020_Type" ma:index="8" nillable="true" ma:displayName="Document Type" ma:format="Dropdown" ma:internalName="Document_x0020_Type">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Benefit Summary"/>
           <xsd:enumeration value="Program Summary"/>
           <xsd:enumeration value="SPD"/>
           <xsd:enumeration value="FAQs"/>
           <xsd:enumeration value="Statutorily Required Documents"/>
           <xsd:enumeration value="Adobe Polices"/>
           <xsd:enumeration value="Benefit Form"/>
           <xsd:enumeration value="Holiday Schedule"/>
           <xsd:enumeration value="Bench Marketing"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
@@ -2934,50 +2952,55 @@
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="28" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="31" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="4b1daa41-56b4-4620-81a0-b7316f7f93e2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="33" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="34" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="35" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_Status" ma:index="13" nillable="true" ma:displayName="Status" ma:default="Not Started" ma:format="Dropdown" ma:internalName="_Status">
       <xsd:simpleType>
         <xsd:union memberTypes="dms:Text">
           <xsd:simpleType>
             <xsd:restriction base="dms:Choice">
               <xsd:enumeration value="Not Started"/>
               <xsd:enumeration value="Draft"/>
               <xsd:enumeration value="Reviewed"/>
               <xsd:enumeration value="Scheduled"/>
               <xsd:enumeration value="Published"/>
               <xsd:enumeration value="Final"/>
               <xsd:enumeration value="Expired"/>
               <xsd:enumeration value="Obsolete"/>
             </xsd:restriction>
           </xsd:simpleType>
         </xsd:union>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -3065,85 +3088,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C3779C8-EEE9-49E2-8E32-2CC5A231D1AC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C3779C8-EEE9-49E2-8E32-2CC5A231D1AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF7FE681-74A0-42F0-899B-ECBB9353D503}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCC4CD0F-CFAA-47D0-A264-370FC770AD62}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="45f35a2b-31b3-461d-87e1-a5fc29af67a9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="bc59d176-4ff2-47de-8d43-1ce87211c320"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="20734d71-0971-4c9b-a54f-f0b936e7bc65"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCC4CD0F-CFAA-47D0-A264-370FC770AD62}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA40D76A-7786-48A5-85B7-30968C3F373C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="bc59d176-4ff2-47de-8d43-1ce87211c320"/>
+    <ds:schemaRef ds:uri="45f35a2b-31b3-461d-87e1-a5fc29af67a9"/>
+    <ds:schemaRef ds:uri="20734d71-0971-4c9b-a54f-f0b936e7bc65"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>joame0</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>